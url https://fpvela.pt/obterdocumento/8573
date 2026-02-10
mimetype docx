--- v0 (2026-01-20)
+++ v1 (2026-02-10)
@@ -7474,111 +7474,112 @@
           </w:p>
           <w:p w14:paraId="4A92A07D" w14:textId="77777777" w:rsidR="00573E7E" w:rsidRDefault="00573E7E" w:rsidP="0063319A">
             <w:pPr>
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4EF45436" w14:textId="77777777" w:rsidR="0063319A" w:rsidRDefault="0063319A" w:rsidP="0063319A">
             <w:pPr>
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0E4F78D5" w14:textId="77777777" w:rsidR="0063319A" w:rsidRDefault="0063319A" w:rsidP="0063319A">
             <w:pPr>
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="10B03E48" w14:textId="601007A5" w:rsidR="008766BA" w:rsidRDefault="0063319A" w:rsidP="008766BA">
+    <w:p w14:paraId="374973A2" w14:textId="38C1E60A" w:rsidR="004F5B6C" w:rsidRDefault="0063319A" w:rsidP="008766BA">
       <w:r w:rsidRPr="00D42E35">
         <w:t xml:space="preserve">Enviar esta inscrição </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42E35">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>totalmente preenchida</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42E35">
         <w:t xml:space="preserve"> para</w:t>
       </w:r>
       <w:r w:rsidR="008766BA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="008766BA" w:rsidRPr="006D6CF9">
+        <w:r w:rsidR="004F5B6C" w:rsidRPr="00FB4203">
           <w:rPr>
             <w:rStyle w:val="Hiperligao"/>
           </w:rPr>
-          <w:t>formacao.fpvela@gmail.com</w:t>
+          <w:t>formacao@fpvela.pt</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
+    <w:p w14:paraId="57855DF4" w14:textId="77777777" w:rsidR="004F5B6C" w:rsidRDefault="004F5B6C" w:rsidP="008766BA"/>
     <w:p w14:paraId="3F4A206D" w14:textId="620230FC" w:rsidR="0063319A" w:rsidRPr="008766BA" w:rsidRDefault="0063319A" w:rsidP="008766BA">
       <w:r>
         <w:t xml:space="preserve"> cc: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="009851F1">
           <w:rPr>
             <w:rStyle w:val="Hiperligao"/>
           </w:rPr>
           <w:t>anarocha@fpvela.pt</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="0063319A" w:rsidRPr="008766BA" w:rsidSect="006D3DD2">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1276" w:right="1701" w:bottom="851" w:left="1276" w:header="284" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B09DEF9" w14:textId="77777777" w:rsidR="00224EB3" w:rsidRDefault="00224EB3" w:rsidP="00CC2C2C">
+    <w:p w14:paraId="47003DE9" w14:textId="77777777" w:rsidR="00844259" w:rsidRDefault="00844259" w:rsidP="00CC2C2C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22A61721" w14:textId="77777777" w:rsidR="00224EB3" w:rsidRDefault="00224EB3" w:rsidP="00CC2C2C">
+    <w:p w14:paraId="01F87DA7" w14:textId="77777777" w:rsidR="00844259" w:rsidRDefault="00844259" w:rsidP="00CC2C2C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
@@ -7609,58 +7610,58 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61D09159" w14:textId="77777777" w:rsidR="00224EB3" w:rsidRDefault="00224EB3" w:rsidP="00CC2C2C">
+    <w:p w14:paraId="15A02B0E" w14:textId="77777777" w:rsidR="00844259" w:rsidRDefault="00844259" w:rsidP="00CC2C2C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52093EAB" w14:textId="77777777" w:rsidR="00224EB3" w:rsidRDefault="00224EB3" w:rsidP="00CC2C2C">
+    <w:p w14:paraId="70E0E9C4" w14:textId="77777777" w:rsidR="00844259" w:rsidRDefault="00844259" w:rsidP="00CC2C2C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6B19D3F7" w14:textId="77777777" w:rsidR="009E379E" w:rsidRDefault="009E379E" w:rsidP="00CC2C2C">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30769AE3" wp14:editId="2BC74A43">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>15240</wp:posOffset>
           </wp:positionH>
@@ -7790,51 +7791,51 @@
       <w:t>FORMAÇÃO</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:i/>
       </w:rPr>
       <w:t xml:space="preserve"> DE TREINADORES</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0D7BFD0C" w14:textId="77777777" w:rsidR="009E379E" w:rsidRPr="00CC2C2C" w:rsidRDefault="009E379E">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:rPr>
         <w:i/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="MNcKJRlx20p6T3GnD3HbFl21NH4V3gtLXs4VBHOPw6vZB5hb5hanQexh4kkB/7P7xEQSI/8lOVpUpmY1QCZX5g==" w:salt="8zJENAHf8XzbfmsZggGyrw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="4ESxIHVwgSGvcdAMS8Omm2AGn4jTsdRLuifsCxW/CaYp8bo9wQMrO4A525el+1twCidBoSVHPvhOc+EMGR62sg==" w:salt="FjQnXNLZ8zjOAgi+5IzK/g=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC2C2C"/>
     <w:rsid w:val="00000FD1"/>
@@ -7844,112 +7845,115 @@
     <w:rsid w:val="00063A62"/>
     <w:rsid w:val="00082AE7"/>
     <w:rsid w:val="00093CCC"/>
     <w:rsid w:val="000F2644"/>
     <w:rsid w:val="000F651C"/>
     <w:rsid w:val="0011110E"/>
     <w:rsid w:val="00160831"/>
     <w:rsid w:val="00186BF1"/>
     <w:rsid w:val="001E2B1A"/>
     <w:rsid w:val="001E50E1"/>
     <w:rsid w:val="00224EB3"/>
     <w:rsid w:val="0024225F"/>
     <w:rsid w:val="00245593"/>
     <w:rsid w:val="00270ED3"/>
     <w:rsid w:val="002808F4"/>
     <w:rsid w:val="00286145"/>
     <w:rsid w:val="00294696"/>
     <w:rsid w:val="0029529C"/>
     <w:rsid w:val="002C791D"/>
     <w:rsid w:val="00356A4B"/>
     <w:rsid w:val="00370AE4"/>
     <w:rsid w:val="00401FB3"/>
     <w:rsid w:val="0046349D"/>
     <w:rsid w:val="00472D8A"/>
     <w:rsid w:val="004F35DD"/>
+    <w:rsid w:val="004F5B6C"/>
     <w:rsid w:val="004F77D7"/>
     <w:rsid w:val="00512815"/>
     <w:rsid w:val="0053031B"/>
     <w:rsid w:val="00573E7E"/>
     <w:rsid w:val="0058344F"/>
     <w:rsid w:val="005A74E1"/>
     <w:rsid w:val="005F4441"/>
     <w:rsid w:val="00620B0B"/>
     <w:rsid w:val="00624FA1"/>
     <w:rsid w:val="00627872"/>
     <w:rsid w:val="0063319A"/>
     <w:rsid w:val="00657564"/>
     <w:rsid w:val="006703D3"/>
     <w:rsid w:val="006737D2"/>
     <w:rsid w:val="00682F13"/>
     <w:rsid w:val="006C6E11"/>
     <w:rsid w:val="006D3DD2"/>
     <w:rsid w:val="006E6A2B"/>
     <w:rsid w:val="0073097A"/>
     <w:rsid w:val="007459EA"/>
     <w:rsid w:val="00761475"/>
     <w:rsid w:val="00782858"/>
     <w:rsid w:val="007E1C3E"/>
     <w:rsid w:val="008376B8"/>
+    <w:rsid w:val="00844259"/>
     <w:rsid w:val="008766BA"/>
     <w:rsid w:val="00900CCE"/>
     <w:rsid w:val="009205A5"/>
     <w:rsid w:val="00943EE0"/>
     <w:rsid w:val="0096428B"/>
     <w:rsid w:val="00977629"/>
     <w:rsid w:val="00992E63"/>
     <w:rsid w:val="0099323E"/>
     <w:rsid w:val="009A71A3"/>
     <w:rsid w:val="009A7995"/>
     <w:rsid w:val="009B39EE"/>
     <w:rsid w:val="009C12C8"/>
     <w:rsid w:val="009C4CAD"/>
     <w:rsid w:val="009D4CD7"/>
     <w:rsid w:val="009E379E"/>
     <w:rsid w:val="009E3FC9"/>
     <w:rsid w:val="00A44002"/>
     <w:rsid w:val="00AB31E0"/>
     <w:rsid w:val="00AF57E9"/>
     <w:rsid w:val="00B042F2"/>
     <w:rsid w:val="00B116D8"/>
     <w:rsid w:val="00B414C5"/>
     <w:rsid w:val="00B769B7"/>
     <w:rsid w:val="00BC7768"/>
     <w:rsid w:val="00BE14DE"/>
     <w:rsid w:val="00BF38C3"/>
     <w:rsid w:val="00C02208"/>
     <w:rsid w:val="00C11FB2"/>
     <w:rsid w:val="00C1228B"/>
     <w:rsid w:val="00CA00CF"/>
     <w:rsid w:val="00CC2C2C"/>
     <w:rsid w:val="00CF053D"/>
     <w:rsid w:val="00D241EF"/>
     <w:rsid w:val="00D342D9"/>
     <w:rsid w:val="00D42E35"/>
     <w:rsid w:val="00D61E02"/>
     <w:rsid w:val="00DA24EA"/>
     <w:rsid w:val="00DA3383"/>
+    <w:rsid w:val="00DA7772"/>
     <w:rsid w:val="00DD29A8"/>
     <w:rsid w:val="00DE1334"/>
     <w:rsid w:val="00DF2B3E"/>
     <w:rsid w:val="00E26CB8"/>
     <w:rsid w:val="00E92447"/>
     <w:rsid w:val="00EB03B4"/>
     <w:rsid w:val="00F3592F"/>
     <w:rsid w:val="00F76A2B"/>
     <w:rsid w:val="00F938F9"/>
     <w:rsid w:val="00FE71BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-PT" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
@@ -8581,51 +8585,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="MenoNoResolvida">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008766BA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anarocha@fpvela.pt" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:formacao.fpvela@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anarocha@fpvela.pt" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:formacao@fpvela.pt" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -8929,76 +8933,76 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{709E5FDF-4C74-4FD5-AA11-44C1E1E62F46}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>398</Words>
-  <Characters>2154</Characters>
+  <Words>396</Words>
+  <Characters>2142</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2547</CharactersWithSpaces>
+  <CharactersWithSpaces>2533</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>TMN</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>